--- v0 (2026-01-04)
+++ v1 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1DF4303E" w14:textId="77777777" w:rsidR="007B1206" w:rsidRPr="002F5A74" w:rsidRDefault="007B1206" w:rsidP="00D11C07">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5A74">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -500,95 +500,93 @@
       </w:r>
       <w:r w:rsidR="003365B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C7F85F2" w14:textId="77777777" w:rsidR="00D11C07" w:rsidRPr="003B07CD" w:rsidRDefault="00D11C07" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27F9717E" w14:textId="77777777" w:rsidR="003B07CD" w:rsidRDefault="00613497" w:rsidP="00887524">
+    <w:p w14:paraId="2309078C" w14:textId="77777777" w:rsidR="00700DA9" w:rsidRPr="00700DA9" w:rsidRDefault="00613497" w:rsidP="00700DA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00B25620" w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e citazioni brevi vanno inserite tra virgolette </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00310AFE" w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">« </w:t>
       </w:r>
       <w:r w:rsidR="00B25620" w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00310AFE" w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, mant</w:t>
       </w:r>
       <w:r w:rsidR="0020338F" w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>enendo sempre la grandezza del</w:t>
       </w:r>
       <w:r w:rsidR="00310AFE" w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> caratt</w:t>
       </w:r>
       <w:r w:rsidR="003B07CD">
@@ -631,70 +629,62 @@
         </w:rPr>
         <w:t>sia</w:t>
       </w:r>
       <w:r w:rsidR="00310AFE" w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sinistr</w:t>
       </w:r>
       <w:r w:rsidR="000069E1" w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o di 1-2 centimetri e utilizzare un carattere più piccolo.</w:t>
       </w:r>
       <w:r w:rsidR="00522477" w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Di ogni citazione deve essere riportata la fonte nelle note a piè di pagina</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="4D80E49C" w14:textId="77777777" w:rsidR="003B07CD" w:rsidRDefault="000069E1" w:rsidP="00887524">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00700DA9" w:rsidRPr="00700DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Di ogni citazione deve essere riportata la fonte, così come nella bibliografia finale.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D80E49C" w14:textId="2C734673" w:rsidR="003B07CD" w:rsidRDefault="000069E1" w:rsidP="00700DA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I numeri si scrivono per esteso (da uno a dieci, le decine, le centinaia, le migliaia, i milioni). I numeri all’inizio di una f</w:t>
       </w:r>
       <w:r w:rsidR="003B07CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rase vanno scritti per esteso (</w:t>
@@ -751,247 +741,168 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Quando si </w:t>
       </w:r>
       <w:r w:rsidR="003B07CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vuole dare particolare enfasi a</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> una parola, si usano le virgolette alte </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> una parola, si usano le virgolette alte “ ”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E27F57E" w14:textId="1CE92538" w:rsidR="00B25620" w:rsidRPr="007B1206" w:rsidRDefault="000069E1" w:rsidP="00887524">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“ ”</w:t>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t>Il corsivo deve essere utilizzato</w:t>
       </w:r>
       <w:r w:rsidR="00CE2205" w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> per: titoli di libri, articoli, documenti di vario genere, audiovisivi ecc. Bisogna fare attenzione all’uso delle virgolette e</w:t>
       </w:r>
       <w:r w:rsidR="00E445D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> e virgola e usare l’</w:t>
+        <w:t xml:space="preserve"> dei punto e virgola e usare l’</w:t>
       </w:r>
       <w:r w:rsidR="00CE2205" w:rsidRPr="007B1206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“a capo” con discernimento, in quanto indica una cambiamento di argomento e bisogna evitare l’uso del salto di riga. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421EC730" w14:textId="77777777" w:rsidR="00E445D5" w:rsidRDefault="00CE2205" w:rsidP="00887524">
-[...40 lines deleted...]
-        <w:t xml:space="preserve">e, </w:t>
+    <w:p w14:paraId="3BE08AED" w14:textId="72AC648A" w:rsidR="00700DA9" w:rsidRPr="00700DA9" w:rsidRDefault="00700DA9" w:rsidP="00700DA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00700DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Per le citazioni, le note e i riferimenti bibliografici, si consiglia di usare il sistema concordato con il relatore, altrimenti si consiglia quello “Autore, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...14 lines deleted...]
-        <w:t>pag</w:t>
+      <w:r w:rsidRPr="00700DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>data:pag</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">alla pagina 57 del libro di Mutti, riportato poi nella bibliografia finale. </w:t>
+      <w:r w:rsidRPr="00700DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (esempio: Mutti 1992:57, oppure Mutti 1992,57, a indicare che il brano citato o richiamato nel testo è rintracciabile alla pagina 57 del libro di Mutti, riportato poi nella bibliografia finale)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E01E84B" w14:textId="31CC609E" w:rsidR="00CE2205" w:rsidRPr="00E445D5" w:rsidRDefault="00844FE9" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E445D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Le note a piè di pagina hanno la sola funzione di commento, approfondimento o di digressione rispetto all’argomento principale. Possono essere utilizzate come spazio utile per aggiungere dettagli, una traduzione o dei cenni bibliografici relativi ad un particolare aspetto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Le note a piè di pagina hanno la sola funzione di commento, approfondimento o di digressione rispetto all’argomento principale. Possono essere utilizzate come spazio utile per aggiungere dettagli, una traduzione o dei cenni bibliografici relativi ad un particolare aspetto dell’argomento trattato </w:t>
+        <w:t xml:space="preserve">dell’argomento trattato </w:t>
       </w:r>
       <w:r w:rsidR="001F002C" w:rsidRPr="00E445D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a cui il lettore può fare riferimento. Le note a piè di pagina servono per inserire approfondimenti o brevi digressioni quando non si vuole appesantire il testo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0649972D" w14:textId="77777777" w:rsidR="00CD25DC" w:rsidRDefault="001F002C" w:rsidP="00CD25DC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E445D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -1264,445 +1175,387 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E445D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Meanings</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C26082" w:rsidRPr="00E445D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">. Essay in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C26082" w:rsidRPr="00E445D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Essay</w:t>
+        <w:t>Anthropology</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C26082" w:rsidRPr="00E445D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in </w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26082" w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>London, Routledge, 1975).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545BF8A3" w14:textId="77777777" w:rsidR="00E445D5" w:rsidRDefault="00E445D5" w:rsidP="00D11C07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B8A8925" w14:textId="5E16659F" w:rsidR="00C26082" w:rsidRDefault="003365B1" w:rsidP="00D11C07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CONTRIBUTI IN OPERE COLLETTANEE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36AB3345" w14:textId="77777777" w:rsidR="00D11C07" w:rsidRPr="00E445D5" w:rsidRDefault="00D11C07" w:rsidP="00D11C07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CBC1A18" w14:textId="77777777" w:rsidR="00640015" w:rsidRDefault="00640015" w:rsidP="00D11C07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C26082" w:rsidRPr="00E445D5">
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Falassi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A., 1995, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E445D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Anthropology</w:t>
+        <w:t xml:space="preserve">Le contrade, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Berzani</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C26082" w:rsidRPr="00E445D5">
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R., Catoni G., De Gregorio M. (a cura di), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E445D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Storia del Palio di Siena, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Siena, Berti, pp. 234-235.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14AEB7AA" w14:textId="77777777" w:rsidR="003365B1" w:rsidRPr="00E445D5" w:rsidRDefault="003365B1" w:rsidP="00D11C07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5741F9C3" w14:textId="77777777" w:rsidR="00640015" w:rsidRDefault="00640015" w:rsidP="00D11C07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ARTICOLI IN RIVISTE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21555D9B" w14:textId="77777777" w:rsidR="00682B09" w:rsidRPr="00E445D5" w:rsidRDefault="00682B09" w:rsidP="00D11C07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19178F2D" w14:textId="77777777" w:rsidR="00640015" w:rsidRPr="00E445D5" w:rsidRDefault="00640015" w:rsidP="00D11C07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Turner V., 1980, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The social drama and stories </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>them</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00C26082" w:rsidRPr="00E445D5">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">London, </w:t>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Critical </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C26082" w:rsidRPr="00E445D5">
-[...5 lines deleted...]
-        <w:t>Routledge</w:t>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inquiry</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C26082" w:rsidRPr="00E445D5">
-[...232 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>», 7 (1), pp. 141-168.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37DC62F3" w14:textId="77777777" w:rsidR="007E6996" w:rsidRPr="00E445D5" w:rsidRDefault="00640015" w:rsidP="00D11C07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se ci sono </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6996" w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>due o più opere del medesimo autore pubblicate nello stesso anno è bene indicarlo con una lett</w:t>
+      </w:r>
+      <w:r w:rsidR="00700C5E" w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>era secondo il seguente ordine:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6996" w:rsidRPr="00E445D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...64 lines deleted...]
-      </w:r>
       <w:r w:rsidR="007E6996" w:rsidRPr="00E445D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1980a, 1980b ecc. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E95ED5" w14:textId="77777777" w:rsidR="00E445D5" w:rsidRDefault="00E445D5" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CCCE78F" w14:textId="77777777" w:rsidR="007E6996" w:rsidRDefault="007E6996" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1768,72 +1621,72 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sistema relativamente recente e non rimandando ad un editore tradizionale e a un luogo fisico di pubblicazione, le indicazioni per reperire la fonte citata sono costituite dall’indirizzo di rete. Dal momento che le risorse disponibili in rete sono aggiornabili e modificabili con facilità, può essere utile indicare l’ultima volta che è stato visualizzato il documento poiché </w:t>
       </w:r>
       <w:r w:rsidR="00891AFE" w:rsidRPr="00E445D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nel frattempo questo potrebbe essere stato modificato. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C97880" w14:textId="77777777" w:rsidR="00682B09" w:rsidRDefault="00682B09" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6108D8A5" w14:textId="00A317C4" w:rsidR="00D9537A" w:rsidRDefault="003833AD" w:rsidP="00D11C07">
+    <w:p w14:paraId="6108D8A5" w14:textId="00A317C4" w:rsidR="00D9537A" w:rsidRDefault="00B25ED7" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="00B25ED7" w:rsidRPr="00812DB2">
+        <w:r w:rsidRPr="00812DB2">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://www.lastampa.it/2018/05/15/vaticaninsider/il-vaticano-alle-suore-di-clausura-sobriet-e-discrezione-nelluso-dei-social-ow2wdwbq5PLi6Zh4axSg7M/pagina.html</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B25ED7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ultimo accesso: 17 maggio 2018)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F608EDA" w14:textId="77777777" w:rsidR="00D11C07" w:rsidRDefault="00D11C07" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26551917" w14:textId="77777777" w:rsidR="00D11C07" w:rsidRDefault="00D11C07" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1950,62 +1803,62 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04621912" w14:textId="5C087A1C" w:rsidR="00D11C07" w:rsidRDefault="00D11C07" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sistema bibliotecario d’Ateneo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23AE7365" w14:textId="37F5A925" w:rsidR="00D11C07" w:rsidRDefault="003833AD" w:rsidP="00D11C07">
+    <w:p w14:paraId="23AE7365" w14:textId="37F5A925" w:rsidR="00D11C07" w:rsidRDefault="00D11C07" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00D11C07" w:rsidRPr="00812DB2">
+        <w:r w:rsidRPr="00812DB2">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://www.sba.unibo.it/it</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="22B4926D" w14:textId="77777777" w:rsidR="00D11C07" w:rsidRPr="00FD3D6E" w:rsidRDefault="00D11C07" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FDFBCCC" w14:textId="77777777" w:rsidR="00FD3D6E" w:rsidRDefault="00FD3D6E" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -2013,116 +1866,116 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD3D6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Catalogo del servizio bibliotecario nazionale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2122F6E2" w14:textId="455AE402" w:rsidR="00815925" w:rsidRDefault="003833AD" w:rsidP="00D11C07">
+    <w:p w14:paraId="2122F6E2" w14:textId="455AE402" w:rsidR="00815925" w:rsidRDefault="00FD3D6E" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00FD3D6E" w:rsidRPr="00FD3D6E">
+        <w:r w:rsidRPr="00FD3D6E">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://opac.sbn.it/opacsbn/opac/iccu/free.jsp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="50BB3047" w14:textId="77777777" w:rsidR="00FD3D6E" w:rsidRDefault="00FD3D6E" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3837FA4C" w14:textId="60A25CE7" w:rsidR="00FD3D6E" w:rsidRDefault="00D11C07" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Banche dati dell’Ateneo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A635AE2" w14:textId="7A9E3718" w:rsidR="00D11C07" w:rsidRDefault="003833AD" w:rsidP="00D11C07">
+    <w:p w14:paraId="4A635AE2" w14:textId="7A9E3718" w:rsidR="00D11C07" w:rsidRDefault="00D11C07" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00D11C07" w:rsidRPr="00812DB2">
+        <w:r w:rsidRPr="00812DB2">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://www.sba.unibo.it/it/almare/collezioni/banche-dati</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2ADA6140" w14:textId="77777777" w:rsidR="00D11C07" w:rsidRPr="00FD3D6E" w:rsidRDefault="00D11C07" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62A78B92" w14:textId="77777777" w:rsidR="00FD3D6E" w:rsidRDefault="00FD3D6E" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -2160,84 +2013,84 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71A0A580" w14:textId="28BBCCD9" w:rsidR="00D11C07" w:rsidRPr="00E01F49" w:rsidRDefault="00D11C07" w:rsidP="00D11C07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D11C07" w:rsidRPr="00E01F49" w:rsidSect="00FF76F2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2495,160 +2348,162 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1090005276">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="4528004">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2024210760">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FF76F2"/>
     <w:rsid w:val="000069E1"/>
     <w:rsid w:val="001F002C"/>
     <w:rsid w:val="0020338F"/>
     <w:rsid w:val="00213353"/>
     <w:rsid w:val="002502EE"/>
     <w:rsid w:val="00262143"/>
     <w:rsid w:val="002F5A74"/>
     <w:rsid w:val="00310AFE"/>
     <w:rsid w:val="003365B1"/>
     <w:rsid w:val="003833AD"/>
     <w:rsid w:val="00393ECC"/>
     <w:rsid w:val="003B07CD"/>
     <w:rsid w:val="003C0D8C"/>
     <w:rsid w:val="0047760E"/>
     <w:rsid w:val="00522477"/>
     <w:rsid w:val="005A2114"/>
     <w:rsid w:val="00613497"/>
     <w:rsid w:val="00640015"/>
     <w:rsid w:val="00682B09"/>
     <w:rsid w:val="006D5607"/>
     <w:rsid w:val="00700C5E"/>
+    <w:rsid w:val="00700DA9"/>
     <w:rsid w:val="00702F31"/>
     <w:rsid w:val="00763D6B"/>
     <w:rsid w:val="007A1847"/>
     <w:rsid w:val="007B1206"/>
     <w:rsid w:val="007E6996"/>
     <w:rsid w:val="00815925"/>
     <w:rsid w:val="00844FE9"/>
     <w:rsid w:val="00887524"/>
     <w:rsid w:val="00891AFE"/>
     <w:rsid w:val="008D2528"/>
     <w:rsid w:val="009C3CA9"/>
     <w:rsid w:val="00B25620"/>
     <w:rsid w:val="00B25ED7"/>
     <w:rsid w:val="00B32E03"/>
     <w:rsid w:val="00BB2984"/>
     <w:rsid w:val="00C26082"/>
     <w:rsid w:val="00C277FF"/>
     <w:rsid w:val="00CD25DC"/>
     <w:rsid w:val="00CE2205"/>
     <w:rsid w:val="00D11C07"/>
     <w:rsid w:val="00D53443"/>
     <w:rsid w:val="00D94434"/>
     <w:rsid w:val="00D9537A"/>
+    <w:rsid w:val="00DB24BB"/>
     <w:rsid w:val="00E01F49"/>
     <w:rsid w:val="00E445D5"/>
     <w:rsid w:val="00EF1249"/>
     <w:rsid w:val="00F73F19"/>
     <w:rsid w:val="00FD3D6E"/>
     <w:rsid w:val="00FF76F2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="64C22994"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3046,51 +2901,50 @@
   <w:style w:type="paragraph" w:styleId="Titolo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:link w:val="Titolo3Carattere"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006D5607"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
@@ -3151,51 +3005,51 @@
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F73F19"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentovisitato">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD3D6E"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="157887141">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="875040397">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3544,68 +3398,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>823</Words>
-  <Characters>4694</Characters>
+  <Words>802</Words>
+  <Characters>4577</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5506</CharactersWithSpaces>
+  <CharactersWithSpaces>5369</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Utente</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>